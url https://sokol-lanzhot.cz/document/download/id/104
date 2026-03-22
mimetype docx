--- v0 (2025-10-02)
+++ v1 (2026-03-22)
@@ -1,313 +1,423 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="DEEAF6" w:themeColor="accent5" w:themeTint="33"/>
   <w:body>
     <w:p w14:paraId="3B11A23C" w14:textId="77777777" w:rsidR="00B71490" w:rsidRPr="00B71490" w:rsidRDefault="00B71490" w:rsidP="00A53C4B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B71490">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nové pojištění členů FAČR od 1. 2. 2025 a odpovědnosti trenérů od 1. 1. 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A3AA9CD" w14:textId="77777777" w:rsidR="00B71490" w:rsidRPr="00B71490" w:rsidRDefault="00B71490">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D6FC0A1" w14:textId="3EE3831C" w:rsidR="00B71490" w:rsidRPr="00A53C4B" w:rsidRDefault="00B71490" w:rsidP="00A53C4B">
+    <w:p w14:paraId="1D6FC0A1" w14:textId="69FE7ACA" w:rsidR="00B71490" w:rsidRPr="00A53C4B" w:rsidRDefault="000F73CB" w:rsidP="00A53C4B">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A53C4B">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Celý článek s vysvětlením najdete po kliknutí </w:t>
+        <w:t>Všechno vysvětlení a přímé odkazy na Smlouvu, podmínky, formuláře a ostatní</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00A53C4B">
+      <w:r w:rsidR="00B71490" w:rsidRPr="00A53C4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F67FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">najdete </w:t>
+      </w:r>
+      <w:r w:rsidR="00B71490" w:rsidRPr="00A53C4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">po kliknutí </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00B71490" w:rsidRPr="00A53C4B">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>ZDE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6EA86D1C" w14:textId="77777777" w:rsidR="00B71490" w:rsidRPr="00B71490" w:rsidRDefault="00B71490">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0763C2E8" w14:textId="4A212906" w:rsidR="00B71490" w:rsidRPr="00A53C4B" w:rsidRDefault="00B71490" w:rsidP="00A53C4B">
+    <w:p w14:paraId="0763C2E8" w14:textId="77B6CA0E" w:rsidR="00B71490" w:rsidRPr="00A53C4B" w:rsidRDefault="000F73CB" w:rsidP="00A53C4B">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A53C4B">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">On-line formulář pro nahlášení škodní události po kliknutí </w:t>
+        <w:t>Interaktivní</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00A53C4B">
+      <w:r w:rsidR="00B71490" w:rsidRPr="00A53C4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> formulář pro nahlášení škodní události po kliknutí </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00B71490" w:rsidRPr="00A53C4B">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>ZDE</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A53C4B">
+      <w:r w:rsidR="00B71490" w:rsidRPr="00A53C4B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...41 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (uveďte číslo pojistné smlouvy 3558001543)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26DCD6A8" w14:textId="77777777" w:rsidR="00B71490" w:rsidRPr="00B71490" w:rsidRDefault="00B71490">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5424D21B" w14:textId="36F55E26" w:rsidR="00B71490" w:rsidRPr="00A53C4B" w:rsidRDefault="00CE672C" w:rsidP="00A53C4B">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00B71490" w:rsidRPr="00A53C4B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">apírový formulář </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">hlášení škodní události </w:t>
       </w:r>
       <w:r w:rsidR="00B71490" w:rsidRPr="00A53C4B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ke stažení po kliknutí </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00B71490" w:rsidRPr="00A53C4B">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>ZDE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00B71490" w:rsidRPr="00A53C4B">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7953F44F" w14:textId="77777777" w:rsidR="00845BD5" w:rsidRDefault="00845BD5" w:rsidP="00DE6769">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="69366DA2" w14:textId="77777777" w:rsidR="00845BD5" w:rsidRDefault="00845BD5" w:rsidP="00DE6769">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="72CD7DAC" w14:textId="77777777" w:rsidR="00DE6769" w:rsidRDefault="00DE6769">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="551BE64A" w14:textId="77777777" w:rsidR="00DE6769" w:rsidRDefault="00DE6769">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="253AF529" w14:textId="77777777" w:rsidR="00DE6769" w:rsidRDefault="00DE6769">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="485DDEF8" w14:textId="77777777" w:rsidR="00845BD5" w:rsidRDefault="00845BD5" w:rsidP="00DE6769">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2C01E97E" w14:textId="77777777" w:rsidR="00845BD5" w:rsidRDefault="00845BD5" w:rsidP="00DE6769">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6B2A4431" w14:textId="77777777" w:rsidR="00DE6769" w:rsidRDefault="00DE6769">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="06B1447B" w14:textId="77777777" w:rsidR="00DE6769" w:rsidRDefault="00DE6769">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="08669768" w14:textId="77777777" w:rsidR="00DE6769" w:rsidRDefault="00DE6769">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39290F14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0C881F7E"/>
     <w:lvl w:ilvl="0" w:tplc="7C72BF78">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -386,89 +496,107 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="625502302">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B71490"/>
+    <w:rsid w:val="000F73CB"/>
+    <w:rsid w:val="001F67FC"/>
+    <w:rsid w:val="004C334A"/>
     <w:rsid w:val="0054229A"/>
+    <w:rsid w:val="006E2C83"/>
+    <w:rsid w:val="00845BD5"/>
     <w:rsid w:val="00A53C4B"/>
     <w:rsid w:val="00B71490"/>
+    <w:rsid w:val="00CB04FD"/>
     <w:rsid w:val="00CE672C"/>
+    <w:rsid w:val="00DE6769"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6FA1CFA3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{72CDDEFC-5079-4169-9683-A192B1F1A963}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -1038,50 +1166,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B71490"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis1Char">
     <w:name w:val="Nadpis 1 Char"/>
@@ -1372,92 +1501,148 @@
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hypertextovodkaz">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B71490"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nevyeenzmnka">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B71490"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zhlav">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="ZhlavChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DE6769"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
+    <w:name w:val="Záhlaví Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Zhlav"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DE6769"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zpat">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="ZpatChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DE6769"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
+    <w:name w:val="Zápatí Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Zpat"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DE6769"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Sledovanodkaz">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DE6769"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="211696212">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1350107639">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fotbal.cz/facr/document/download/145336" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skody.uniqa.cz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fotbal.cz/facr/nove-pojisteni-clenu-facr-od-1-2-2025-a-odpovednosti-treneru-od-1-1-2025/a21810" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skody.uniqa.cz/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cuscz.cz/sluzby-servis/urazove-pojisteni-uniqa-platne-od-1-2-2025.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fotbal.cz/facr/document/download/145336" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1716,69 +1901,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>77</Words>
-  <Characters>456</Characters>
+  <Words>81</Words>
+  <Characters>483</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>532</CharactersWithSpaces>
+  <CharactersWithSpaces>563</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Obchod</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>